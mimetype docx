--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -6240,71 +6240,73 @@
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> day</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF CODE 2 AT TA47_05x2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INSERT:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> week</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
@@ -12151,51 +12153,73 @@
           <w:color w:val="00B050"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">MULTICODE 3-6. RANDOMISE 3-6. 3 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>EXCLUSIVE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> WITH 5, 4 EXCLUSIVE WITH 6. ALLOW REF.</w:t>
+        <w:t xml:space="preserve"> WITH 5, 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>EXCLUSIVE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WITH 6. ALLOW REF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07360629" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4523">
         <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I have completely stopped drinking</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E970B04" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
@@ -13573,97 +13597,97 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5DAB3B20" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D9DC185" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1361CDAA" w14:textId="0ECAC6D1" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
+  <w:p w14:paraId="1361CDAA" w14:textId="01A9F2F3" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="009318D2">
       <w:t xml:space="preserve">J </w:t>
     </w:r>
     <w:r w:rsidR="007A7D4B">
       <w:t>24-</w:t>
     </w:r>
     <w:r w:rsidR="000701F9">
       <w:t>089498</w:t>
     </w:r>
     <w:r w:rsidRPr="009318D2">
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00517361">
-      <w:t>36</w:t>
+    <w:r w:rsidR="00C72A29">
+      <w:t>45</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00517361">
-      <w:t>September</w:t>
+    <w:r w:rsidR="00C72A29">
+      <w:t>November</w:t>
     </w:r>
     <w:r w:rsidR="007A7D4B">
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidR="000A2AFC">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003A2140">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E71172">
       <w:t>Module</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A1BAA82" w14:textId="2CCFF75E" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
+  <w:p w14:paraId="2A1BAA82" w14:textId="2BBA92CA" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="006A7C27">
-      <w:t>1</w:t>
+    <w:r w:rsidR="00BF3220">
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Alcohol Toolkit</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>INTERNAL / CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0268F61A" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15279,95 +15303,96 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1375815251">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="97603900">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="880017957">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1893810408">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2095012605">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="126977"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6597"/>
     <w:rsid w:val="00002DB8"/>
     <w:rsid w:val="000030EE"/>
     <w:rsid w:val="000044B2"/>
     <w:rsid w:val="000152D4"/>
     <w:rsid w:val="00025152"/>
     <w:rsid w:val="000312D0"/>
     <w:rsid w:val="00031548"/>
     <w:rsid w:val="00051591"/>
     <w:rsid w:val="00052D84"/>
     <w:rsid w:val="00061D46"/>
     <w:rsid w:val="000701F9"/>
     <w:rsid w:val="00072C2B"/>
     <w:rsid w:val="00073E05"/>
     <w:rsid w:val="00097662"/>
     <w:rsid w:val="000A2AFC"/>
     <w:rsid w:val="000A3383"/>
     <w:rsid w:val="000B2829"/>
     <w:rsid w:val="000C03B0"/>
     <w:rsid w:val="000C751E"/>
     <w:rsid w:val="000D235C"/>
+    <w:rsid w:val="000D621E"/>
     <w:rsid w:val="000D6401"/>
     <w:rsid w:val="00107B77"/>
     <w:rsid w:val="00114055"/>
     <w:rsid w:val="00125C02"/>
     <w:rsid w:val="00127C97"/>
     <w:rsid w:val="00130C02"/>
     <w:rsid w:val="00143AC9"/>
     <w:rsid w:val="00154E9B"/>
     <w:rsid w:val="001674CF"/>
     <w:rsid w:val="001755ED"/>
     <w:rsid w:val="00183202"/>
     <w:rsid w:val="00183224"/>
     <w:rsid w:val="00185882"/>
     <w:rsid w:val="001A2EAC"/>
     <w:rsid w:val="001A6176"/>
     <w:rsid w:val="001B0DD0"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001C51E5"/>
     <w:rsid w:val="001D0550"/>
     <w:rsid w:val="001E599F"/>
     <w:rsid w:val="001F02B4"/>
     <w:rsid w:val="00200F18"/>
     <w:rsid w:val="002130BB"/>
     <w:rsid w:val="00214B84"/>
     <w:rsid w:val="00237710"/>
@@ -15560,62 +15585,64 @@
     <w:rsid w:val="00B077CA"/>
     <w:rsid w:val="00B13DAA"/>
     <w:rsid w:val="00B64FA5"/>
     <w:rsid w:val="00B85C17"/>
     <w:rsid w:val="00B90446"/>
     <w:rsid w:val="00B9126E"/>
     <w:rsid w:val="00B92180"/>
     <w:rsid w:val="00B92F61"/>
     <w:rsid w:val="00B964E5"/>
     <w:rsid w:val="00BA38A0"/>
     <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BB1FA4"/>
     <w:rsid w:val="00BB3F2A"/>
     <w:rsid w:val="00BB6A4D"/>
     <w:rsid w:val="00BB7C6C"/>
     <w:rsid w:val="00BC0737"/>
     <w:rsid w:val="00BC276D"/>
     <w:rsid w:val="00BC3A87"/>
     <w:rsid w:val="00BC6DF9"/>
     <w:rsid w:val="00BD1DC7"/>
     <w:rsid w:val="00BD5ADC"/>
     <w:rsid w:val="00BD6AC0"/>
     <w:rsid w:val="00BE6CE4"/>
     <w:rsid w:val="00BF1FAE"/>
     <w:rsid w:val="00BF2AA3"/>
+    <w:rsid w:val="00BF3220"/>
     <w:rsid w:val="00BF3B73"/>
     <w:rsid w:val="00BF49B4"/>
     <w:rsid w:val="00C014F9"/>
     <w:rsid w:val="00C10E9C"/>
     <w:rsid w:val="00C1362E"/>
     <w:rsid w:val="00C15972"/>
     <w:rsid w:val="00C2461B"/>
     <w:rsid w:val="00C365DA"/>
     <w:rsid w:val="00C37147"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C6268D"/>
     <w:rsid w:val="00C72712"/>
+    <w:rsid w:val="00C72A29"/>
     <w:rsid w:val="00C86CF9"/>
     <w:rsid w:val="00C87151"/>
     <w:rsid w:val="00CA1653"/>
     <w:rsid w:val="00CA7DF2"/>
     <w:rsid w:val="00CB4E2D"/>
     <w:rsid w:val="00CC063D"/>
     <w:rsid w:val="00CC13A3"/>
     <w:rsid w:val="00CC4E2C"/>
     <w:rsid w:val="00CD2652"/>
     <w:rsid w:val="00CD4153"/>
     <w:rsid w:val="00CD4B30"/>
     <w:rsid w:val="00CD7731"/>
     <w:rsid w:val="00CE08E8"/>
     <w:rsid w:val="00CE46CF"/>
     <w:rsid w:val="00CE4806"/>
     <w:rsid w:val="00CF3199"/>
     <w:rsid w:val="00D16F72"/>
     <w:rsid w:val="00D2659A"/>
     <w:rsid w:val="00D35CD4"/>
     <w:rsid w:val="00D408BB"/>
     <w:rsid w:val="00D45058"/>
     <w:rsid w:val="00D57E1E"/>
     <w:rsid w:val="00D6143A"/>
     <w:rsid w:val="00D73EC5"/>
     <w:rsid w:val="00D76BBA"/>
@@ -15671,51 +15698,51 @@
     <w:rsid w:val="00F9154B"/>
     <w:rsid w:val="00F92269"/>
     <w:rsid w:val="00F95E28"/>
     <w:rsid w:val="00FA08B6"/>
     <w:rsid w:val="00FA65DE"/>
     <w:rsid w:val="00FE50D8"/>
     <w:rsid w:val="00FE757E"/>
     <w:rsid w:val="00FF280F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="126977"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02084885"/>
   <w15:docId w15:val="{1C42AFE2-13A5-4A67-8172-0C79B7B5389D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -16748,52 +16775,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -16999,59 +17026,59 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3A0EF86-619A-4115-9459-21C0468D314C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F46F84EA-420A-404B-8F20-9DA5E945F547}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DFD84F2-73B1-4749-8D3D-9B77C2E90D22}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{632D66E5-E29B-43AE-9E93-5B1A142B56E1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594D882D-612C-4CAA-9092-6FC5EE054D71}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB53A4EB-94B8-438E-BE22-3DD429D413BB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{809B33AA-2627-48D6-B2A1-11498C0C4BC2}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>2580</Words>
   <Characters>14707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>122</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>