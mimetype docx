--- v1 (2025-12-24)
+++ v2 (2026-03-03)
@@ -37,89 +37,99 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TA</w:t>
       </w:r>
       <w:r w:rsidR="009C688C" w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MODULE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EECEA74" w14:textId="77777777" w:rsidR="00F005C8" w:rsidRDefault="009C688C" w:rsidP="00695307">
+    <w:p w14:paraId="5EECEA74" w14:textId="69F47E02" w:rsidR="00F005C8" w:rsidRDefault="009C688C" w:rsidP="00695307">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5353"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
       <w:r w:rsidR="00127C97" w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ADULTS IN</w:t>
       </w:r>
       <w:r w:rsidR="00396F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> GB</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
       </w:r>
       <w:r w:rsidR="00127C97" w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AGE</w:t>
       </w:r>
       <w:r w:rsidR="00127C97" w:rsidRPr="009B5AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="009B5AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
@@ -1903,68 +1913,88 @@
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029375A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FF35B5B" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="009F280D" w:rsidRDefault="00931AC3" w:rsidP="00695307">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2718EC7F" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
+    <w:p w14:paraId="2718EC7F" w14:textId="07BDCA0E" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02358C26" w14:textId="1D4D43C1" w:rsidR="00DD6597" w:rsidRDefault="00DD6597" w:rsidP="00695307">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit1.</w:t>
       </w:r>
       <w:r w:rsidRPr="0029375A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> How often do you have a drink containing alcohol?</w:t>
       </w:r>
@@ -13597,97 +13627,85 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5DAB3B20" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D9DC185" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1361CDAA" w14:textId="01A9F2F3" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
+  <w:p w14:paraId="1361CDAA" w14:textId="5F3C26EE" w:rsidR="00E71172" w:rsidRDefault="002B4BD5" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r w:rsidRPr="009318D2">
-[...12 lines deleted...]
-      <w:t>45</w:t>
+    <w:r w:rsidRPr="002B4BD5">
+      <w:t>25-061767</w:t>
     </w:r>
     <w:r>
+      <w:t>-02</w:t>
+    </w:r>
+    <w:r w:rsidR="009318D2">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00C72A29">
-      <w:t>November</w:t>
+    <w:r w:rsidR="007C1E50">
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidR="007A7D4B">
-[...2 lines deleted...]
-    <w:r w:rsidR="000A2AFC">
+    <w:r w:rsidR="007C1E50">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003A2140">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E71172">
       <w:t>Module</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A1BAA82" w14:textId="2BBA92CA" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
+  <w:p w14:paraId="2A1BAA82" w14:textId="0AB1B75A" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00BF3220">
-      <w:t>2</w:t>
+    <w:r w:rsidR="001D0B95">
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Alcohol Toolkit</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>INTERNAL / CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0268F61A" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15303,56 +15321,56 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1375815251">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="97603900">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="880017957">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1893810408">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2095012605">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="126977"/>
+    <o:shapedefaults v:ext="edit" spidmax="133121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6597"/>
     <w:rsid w:val="00002DB8"/>
     <w:rsid w:val="000030EE"/>
     <w:rsid w:val="000044B2"/>
     <w:rsid w:val="000152D4"/>
     <w:rsid w:val="00025152"/>
     <w:rsid w:val="000312D0"/>
@@ -15368,66 +15386,68 @@
     <w:rsid w:val="000A3383"/>
     <w:rsid w:val="000B2829"/>
     <w:rsid w:val="000C03B0"/>
     <w:rsid w:val="000C751E"/>
     <w:rsid w:val="000D235C"/>
     <w:rsid w:val="000D621E"/>
     <w:rsid w:val="000D6401"/>
     <w:rsid w:val="00107B77"/>
     <w:rsid w:val="00114055"/>
     <w:rsid w:val="00125C02"/>
     <w:rsid w:val="00127C97"/>
     <w:rsid w:val="00130C02"/>
     <w:rsid w:val="00143AC9"/>
     <w:rsid w:val="00154E9B"/>
     <w:rsid w:val="001674CF"/>
     <w:rsid w:val="001755ED"/>
     <w:rsid w:val="00183202"/>
     <w:rsid w:val="00183224"/>
     <w:rsid w:val="00185882"/>
     <w:rsid w:val="001A2EAC"/>
     <w:rsid w:val="001A6176"/>
     <w:rsid w:val="001B0DD0"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001C51E5"/>
     <w:rsid w:val="001D0550"/>
+    <w:rsid w:val="001D0B95"/>
     <w:rsid w:val="001E599F"/>
     <w:rsid w:val="001F02B4"/>
     <w:rsid w:val="00200F18"/>
     <w:rsid w:val="002130BB"/>
     <w:rsid w:val="00214B84"/>
     <w:rsid w:val="00237710"/>
     <w:rsid w:val="00243F80"/>
     <w:rsid w:val="002513AF"/>
     <w:rsid w:val="00253CC2"/>
     <w:rsid w:val="00274088"/>
     <w:rsid w:val="0029375A"/>
     <w:rsid w:val="00295400"/>
     <w:rsid w:val="002A57F2"/>
     <w:rsid w:val="002A6B02"/>
     <w:rsid w:val="002B0B8D"/>
     <w:rsid w:val="002B1A11"/>
+    <w:rsid w:val="002B4BD5"/>
     <w:rsid w:val="002C5242"/>
     <w:rsid w:val="002D62B5"/>
     <w:rsid w:val="002D6448"/>
     <w:rsid w:val="002F71AC"/>
     <w:rsid w:val="003041CB"/>
     <w:rsid w:val="00314130"/>
     <w:rsid w:val="00314A73"/>
     <w:rsid w:val="00316107"/>
     <w:rsid w:val="00321563"/>
     <w:rsid w:val="00325F93"/>
     <w:rsid w:val="00333BB4"/>
     <w:rsid w:val="00337AB2"/>
     <w:rsid w:val="00341273"/>
     <w:rsid w:val="00341C89"/>
     <w:rsid w:val="00357376"/>
     <w:rsid w:val="0037473D"/>
     <w:rsid w:val="00374B61"/>
     <w:rsid w:val="00375E30"/>
     <w:rsid w:val="00377378"/>
     <w:rsid w:val="00383529"/>
     <w:rsid w:val="0038469E"/>
     <w:rsid w:val="00385EE0"/>
     <w:rsid w:val="003909A9"/>
     <w:rsid w:val="00390B2E"/>
     <w:rsid w:val="00396F5E"/>
@@ -15493,61 +15513,64 @@
     <w:rsid w:val="006D310A"/>
     <w:rsid w:val="006D338E"/>
     <w:rsid w:val="006D4352"/>
     <w:rsid w:val="006E0BF0"/>
     <w:rsid w:val="006E2620"/>
     <w:rsid w:val="006E41CF"/>
     <w:rsid w:val="006F1F03"/>
     <w:rsid w:val="006F2CF6"/>
     <w:rsid w:val="006F31E5"/>
     <w:rsid w:val="006F69C8"/>
     <w:rsid w:val="007050EF"/>
     <w:rsid w:val="007070CC"/>
     <w:rsid w:val="00710A8B"/>
     <w:rsid w:val="00736BEB"/>
     <w:rsid w:val="00737266"/>
     <w:rsid w:val="007372F1"/>
     <w:rsid w:val="007377B5"/>
     <w:rsid w:val="00744230"/>
     <w:rsid w:val="00745876"/>
     <w:rsid w:val="00746F86"/>
     <w:rsid w:val="00761C06"/>
     <w:rsid w:val="00797A41"/>
     <w:rsid w:val="007A7D4B"/>
     <w:rsid w:val="007B1D92"/>
     <w:rsid w:val="007B2441"/>
+    <w:rsid w:val="007B6EF0"/>
+    <w:rsid w:val="007C1E50"/>
     <w:rsid w:val="007C4D84"/>
     <w:rsid w:val="007D0C9A"/>
     <w:rsid w:val="007D197B"/>
     <w:rsid w:val="007E0E66"/>
     <w:rsid w:val="007F5A8D"/>
     <w:rsid w:val="00803666"/>
     <w:rsid w:val="00821240"/>
     <w:rsid w:val="00825F20"/>
     <w:rsid w:val="00827288"/>
     <w:rsid w:val="008337BC"/>
     <w:rsid w:val="00835638"/>
+    <w:rsid w:val="0084375A"/>
     <w:rsid w:val="00862FAD"/>
     <w:rsid w:val="00882731"/>
     <w:rsid w:val="00887925"/>
     <w:rsid w:val="00892513"/>
     <w:rsid w:val="008A06C1"/>
     <w:rsid w:val="008A55A3"/>
     <w:rsid w:val="008B2CC6"/>
     <w:rsid w:val="008B45E5"/>
     <w:rsid w:val="008C14CE"/>
     <w:rsid w:val="008D069D"/>
     <w:rsid w:val="008D4D3E"/>
     <w:rsid w:val="008E5FC7"/>
     <w:rsid w:val="008F3181"/>
     <w:rsid w:val="008F79D8"/>
     <w:rsid w:val="00902D45"/>
     <w:rsid w:val="00911AD6"/>
     <w:rsid w:val="009122F7"/>
     <w:rsid w:val="00915ED1"/>
     <w:rsid w:val="009318D2"/>
     <w:rsid w:val="00931AC3"/>
     <w:rsid w:val="00934E01"/>
     <w:rsid w:val="0094372F"/>
     <w:rsid w:val="0094665A"/>
     <w:rsid w:val="00951C7B"/>
     <w:rsid w:val="009617AB"/>
@@ -15698,51 +15721,51 @@
     <w:rsid w:val="00F9154B"/>
     <w:rsid w:val="00F92269"/>
     <w:rsid w:val="00F95E28"/>
     <w:rsid w:val="00FA08B6"/>
     <w:rsid w:val="00FA65DE"/>
     <w:rsid w:val="00FE50D8"/>
     <w:rsid w:val="00FE757E"/>
     <w:rsid w:val="00FF280F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="126977"/>
+    <o:shapedefaults v:ext="edit" spidmax="133121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02084885"/>
   <w15:docId w15:val="{1C42AFE2-13A5-4A67-8172-0C79B7B5389D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -16775,52 +16798,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -17026,90 +17049,90 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3A0EF86-619A-4115-9459-21C0468D314C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DFD84F2-73B1-4749-8D3D-9B77C2E90D22}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92069CCD-D248-452D-BF62-B7E8C3126A83}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594D882D-612C-4CAA-9092-6FC5EE054D71}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ADCE6D3-E23B-4E21-9513-DB8A2BCA749A}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{809B33AA-2627-48D6-B2A1-11498C0C4BC2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E3D23B1-31EE-4707-98A1-2C27292ACFBF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2580</Words>
-  <Characters>14707</Characters>
+  <Words>2587</Words>
+  <Characters>14746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>122</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FBS AISC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17253</CharactersWithSpaces>
+  <CharactersWithSpaces>17299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jamie Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>