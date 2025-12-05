--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -3658,51 +3658,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="10" sz="half" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3381376" y="6398661"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
-              <a:t>6/10/2025</a:t>
+              <a:t>12/11/2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3717,66 +3717,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Using low-alcohol/alcohol-free drinks in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/nolo_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/nolo_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -3799,66 +3799,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Triggers for past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/triggers_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/triggers_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4083,66 +4083,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by social grade</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/auditc_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/auditc_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4165,66 +4165,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by gender</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/auditc_gender_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/auditc_gender_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4247,66 +4247,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Currently trying to restrict consumption</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/restrict_cons_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/restrict_cons_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4329,66 +4329,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Motivation to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/motiv_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/motiv_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4411,66 +4411,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>GP advice to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/gp_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/gp_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4493,66 +4493,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>All past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/all_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/all_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4575,66 +4575,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Serious past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/serious_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/serious_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4657,66 +4657,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Support in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/227/Graphs/Wales/Alcohol/support_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/support_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1308100" y="1600200"/>
-            <a:ext cx="6527800" cy="4521200"/>
+            <a:off x="1028700" y="1600200"/>
+            <a:ext cx="7099300" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5284,52 +5284,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -5527,59 +5527,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD1DEDC7-9A99-421E-8FEB-80B1511A599E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{248A3C7C-56CA-44A7-9D02-66A6CC9660E7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1401D89D-5359-4A9D-B88B-831ADF4587EE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A5BA165-F4FA-4DFF-9C56-E1FD15692E33}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{602C2E6F-EDEE-4FC6-8D0D-84B4694704B6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DAB3FC-46C0-442A-9960-D349FE6D96E9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>34</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>5</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
@@ -5601,35 +5601,35 @@
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Monthly trends on smoking in Wales from the Smoking Toolkit Study</vt:lpstr>
       <vt:lpstr>Prevalence of cigarette smoking by social grade</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Latest trends on alcohol consumption in Wales from the Alcohol Toolkit Study</dc:title>
   <dc:creator>Vera Buss, Jamie Brown, Loren Kock</dc:creator>
   <cp:keywords/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>6/10/2025</vt:lpwstr>
+    <vt:lpwstr>12/11/2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="output">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>