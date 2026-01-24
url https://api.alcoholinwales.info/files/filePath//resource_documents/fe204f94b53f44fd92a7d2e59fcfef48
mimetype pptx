--- v1 (2025-12-05)
+++ v2 (2026-01-24)
@@ -3658,51 +3658,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="10" sz="half" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3381376" y="6398661"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
-              <a:t>12/11/2025</a:t>
+              <a:t>14/01/2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3717,66 +3717,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Using low-alcohol/alcohol-free drinks in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/nolo_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/nolo_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -3799,66 +3799,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Triggers for past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/triggers_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/triggers_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4083,66 +4083,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by social grade</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/auditc_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/auditc_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4165,66 +4165,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by gender</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/auditc_gender_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/auditc_gender_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4247,66 +4247,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Currently trying to restrict consumption</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/restrict_cons_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/restrict_cons_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4329,66 +4329,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Motivation to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/motiv_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/motiv_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4411,66 +4411,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>GP advice to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/gp_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/gp_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4493,66 +4493,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>All past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/all_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/all_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4575,66 +4575,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Serious past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/serious_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/serious_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4657,66 +4657,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Support in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/228/Graphs/Wales/Alcohol/support_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/support_pyattempts_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1028700" y="1600200"/>
-            <a:ext cx="7099300" cy="4521200"/>
+            <a:off x="1270000" y="1600200"/>
+            <a:ext cx="6616700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5284,52 +5284,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -5527,59 +5527,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{248A3C7C-56CA-44A7-9D02-66A6CC9660E7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E739138E-8ED5-4F57-B905-A62F5F9B01FA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A5BA165-F4FA-4DFF-9C56-E1FD15692E33}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E4E7CB5-02E7-4FF5-8337-0B46D71CC83D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DAB3FC-46C0-442A-9960-D349FE6D96E9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93EE5F4B-F8A3-4ADA-B996-A02F3F6869A1}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>34</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>5</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
@@ -5601,35 +5601,35 @@
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Monthly trends on smoking in Wales from the Smoking Toolkit Study</vt:lpstr>
       <vt:lpstr>Prevalence of cigarette smoking by social grade</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Latest trends on alcohol consumption in Wales from the Alcohol Toolkit Study</dc:title>
   <dc:creator>Vera Buss, Jamie Brown, Loren Kock</dc:creator>
   <cp:keywords/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>12/11/2025</vt:lpwstr>
+    <vt:lpwstr>14/01/2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="output">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>