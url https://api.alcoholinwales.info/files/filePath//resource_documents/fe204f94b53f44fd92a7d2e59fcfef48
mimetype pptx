--- v2 (2026-01-24)
+++ v3 (2026-03-10)
@@ -197,51 +197,51 @@
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <p:normalViewPr>
     <p:restoredLeft autoAdjust="0" sz="15633"/>
     <p:restoredTop autoAdjust="0" sz="94711"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx d="100" n="112"/>
           <a:sy d="100" n="112"/>
         </p:scale>
-        <p:origin x="1584" y="102"/>
+        <p:origin x="1584" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx d="100" n="33"/>
         <a:sy d="100" n="33"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx d="100" n="100"/>
         <a:sy d="100" n="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -652,51 +652,51 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B361C457-F5F7-DB1A-E2CA-45C672966949}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12438" y="5897033"/>
+            <a:off x="12438" y="5918177"/>
             <a:ext cx="2137299" cy="960967"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1444357513"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -3596,51 +3596,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="806450"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
-              <a:t>Latest trends on alcohol consumption in Wales from the Alcohol Toolkit Study</a:t>
+              <a:t>Latest trends on alcohol consumption in Scotland from the Alcohol Toolkit Study</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="993702" y="4167942"/>
             <a:ext cx="7115175" cy="495300"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
@@ -3658,51 +3658,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="10" sz="half" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3381376" y="6398661"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
-              <a:t>14/01/2026</a:t>
+              <a:t>10/02/2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3717,66 +3717,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Using low-alcohol/alcohol-free drinks in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/nolo_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/nolo_pyattempts_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -3799,66 +3799,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Triggers for past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/triggers_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/triggers_pyattempts_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -3881,51 +3881,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT) - not collected since October 2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/211-220/215/Graphs/Wales/Alcohol/audit_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/211-220/215/Graphs/Scotland/Alcohol/audit_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1308100" y="1600200"/>
             <a:ext cx="6527800" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
@@ -3986,89 +3986,89 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph hasCustomPrompt="1" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr/>
               <a:t>Data collected during monthly household survey</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr/>
-              <a:t>Each month involves a new representative sample of 300 adults (16 and over)</a:t>
+              <a:t>Each month involves a new representative sample of 400-450 adults (16 and over)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr/>
               <a:t>Due to pandemic, surveys are conducted by telephone (rather than face-to-face) and among adults aged 18 and over between April 2020-December 2021.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr/>
               <a:t>Risky drinking operationalised as AUDIT-C of 5 or above (</a:t>
             </a:r>
             <a:r>
               <a:rPr>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://cks.nice.org.uk/topics/alcohol-problem-drinking/diagnosis/how-to-screen</a:t>
             </a:r>
             <a:r>
               <a:rPr/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr/>
               <a:t>Kock, et al., 2021. Protocol for expansion of an existing national monthly survey of smoking behaviour and alcohol use in England to Scotland and Wales: The Smoking and Alcohol Toolkit Study. Wellcome Open Research. 6:67</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr/>
-              <a:t>More information (and access to the data underlying each chart) will be available online soon.</a:t>
+              <a:t>More information (and access to the data underlying each graph) will be available online soon.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4083,66 +4083,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by social grade</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/auditc_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/auditc_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4165,66 +4165,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Prevalence of risky drinking (AUDIT-C) by gender</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/auditc_gender_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/auditc_gender_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4247,66 +4247,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Currently trying to restrict consumption</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/restrict_cons_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/restrict_cons_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4329,66 +4329,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Motivation to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/motiv_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/motiv_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4411,66 +4411,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>GP advice to cut down</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/gp_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/gp_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4493,66 +4493,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>All past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/all_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/all_pyattempts_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4575,66 +4575,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Serious past-year attempts to cut down or stop</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/serious_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/serious_pyattempts_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4657,66 +4657,66 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7572375" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Support in past-year attempts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Alcohol/support_pyattempts_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/231/Graphs/Scotland/Alcohol/support_pyattempts_scot.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1270000" y="1600200"/>
-            <a:ext cx="6616700" cy="4521200"/>
+            <a:off x="1066800" y="1600200"/>
+            <a:ext cx="6997700" cy="4521200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5527,59 +5527,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E739138E-8ED5-4F57-B905-A62F5F9B01FA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3357436E-B11F-4EC1-A3EA-812F6E65EEB7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E4E7CB5-02E7-4FF5-8337-0B46D71CC83D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2D7E064-D450-4E74-925D-DCB1ADAAF1B3}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93EE5F4B-F8A3-4ADA-B996-A02F3F6869A1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9BD9CD9-0F6C-4915-9856-B63EF3EA62AF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>34</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>5</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
@@ -5590,46 +5590,46 @@
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Monthly trends on smoking in Wales from the Smoking Toolkit Study</vt:lpstr>
       <vt:lpstr>Prevalence of cigarette smoking by social grade</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Latest trends on alcohol consumption in Wales from the Alcohol Toolkit Study</dc:title>
+  <dc:title>Latest trends on alcohol consumption in Scotland from the Alcohol Toolkit Study</dc:title>
   <dc:creator>Vera Buss, Jamie Brown, Loren Kock</dc:creator>
   <cp:keywords/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>14/01/2026</vt:lpwstr>
+    <vt:lpwstr>10/02/2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="output">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>